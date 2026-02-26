--- v0 (2025-12-06)
+++ v1 (2026-02-26)
@@ -232,56 +232,56 @@
                                 <w:b/>
                               </w:rPr>
                               <w:t>:00 del</w:t>
                             </w:r>
                             <w:r w:rsidR="009759FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 22</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>/07/2025</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003F3B1B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> alle ore 16:00 del </w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="006E1F18">
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>28/11/2025</w:t>
+                              <w:t>30/04/2026</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8" w:rsidP="00CE06C5">
                             <w:pPr>
                               <w:ind w:left="284" w:right="140"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w:rsidR="00B957C8" w:rsidRPr="003F3B1B" w:rsidRDefault="00B957C8" w:rsidP="00CE06C5">
                             <w:pPr>
                               <w:ind w:left="284" w:right="140"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:i/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
@@ -395,51 +395,55 @@
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Casella di testo 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.4pt;margin-top:12.55pt;width:488.4pt;height:90.6pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcaeJ3MgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L7aDJM2MOEWXLsOA&#10;rhvQ7QEYWY6FyaImKbG7px8lp2n2dxnmg0CK1EfyI+nV9dBpdpTOKzQVLyY5Z9IIrJXZV/zL5+2r&#10;JWc+gKlBo5EVf5SeX69fvlj1tpRTbFHX0jECMb7sbcXbEGyZZV60sgM/QSsNGRt0HQRS3T6rHfSE&#10;3ulsmueLrEdXW4dCek+3t6ORrxN+00gRPjaNl4HpilNuIZ0unbt4ZusVlHsHtlXilAb8QxYdKENB&#10;z1C3EIAdnPoNqlPCoccmTAR2GTaNEjLVQNUU+S/VPLRgZaqFyPH2TJP/f7Di/vjJMVVXfMGZgY5a&#10;tAEvtQZWKxakD8gWkaXe+pKcHyy5h+ENDtTtVLG3dyi+emZw04LZyxvnsG8l1JRlEV9mF09HHB9B&#10;dv0HrCkcHAImoKFxXaSQSGGETt16PHdIDoEJulxM8+liSSZBtqKY53SRYkD59Nw6H95J7FgUKu5o&#10;BBI8HO98iOlA+eQSo3nUqt4qrZPi9ruNduwINC7b9J3Qf3LThvUVny7nV/ORgr9i5On7E0anAg2+&#10;Vl3Fl2cnKCNxb02dxjKA0qNMOWtzYjKSN9IYht2QWjeNASLLO6wfiVqH45zTXpLQovvOWU8zXnH/&#10;7QBOcqbfG2rP62I2i0uRlNn8irhk7tKyu7SAEQRV8cDZKG7CuEgH69S+pUjjQBi8oZY2KpH9nNUp&#10;fZrj1IPTzsVFudST1/OfYf0DAAD//wMAUEsDBBQABgAIAAAAIQCkeQo34AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWqcBkjbEqSoo4tADoukHOPGSpI3XUey24e9ZTnCc&#10;ndXMm3w92V5ccPSdIwWLeQQCqXamo0bBoXybLUH4oMno3hEq+EYP6+L2JteZcVf6xMs+NIJDyGda&#10;QRvCkEnp6xat9nM3ILH35UarA8uxkWbUVw63vYyjKJFWd8QNrR7wpcX6tD9bBUesyma32Y3lR5q8&#10;bt/19pQeD0rd302bZxABp/D3DL/4jA4FM1XuTMaLXsEsZvKgIH5agGB/lT7ytooPUfIAssjl/wXF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAcaeJ3MgIAAGEEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCkeQo34AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" strokeweight="2.25pt">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Casella di testo 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.4pt;margin-top:12.55pt;width:488.4pt;height:90.6pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDB+XSqLwIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcs3bTtjOqdUeHHYaQ&#10;Dj/SgQfw0nSNSOOQZGvH0+OkPWP83SB6Edmx89n+bHd927eanaTzCk3Jp5OcM2kEVsocSv750+7F&#10;ijMfwFSg0ciSn6Xnt5vnz9adLeQMG9SVdIxAjC86W/ImBFtkmReNbMFP0EpDxhpdC4FUd8gqBx2h&#10;tzqb5fky69BV1qGQ3tPt/WDkm4Rf11KED3XtZWC65JRbSKdL5z6e2WYNxcGBbZQY04B/yKIFZSjo&#10;BeoeArCjU79BtUo49FiHicA2w7pWQqYaqJpp/ks1jw1YmWohcry90OT/H6x4f/romKpKvuTMQEst&#10;2oKXWgOrFAvSB2TLyFJnfUHOj5bcQ/8Ke+p2qtjbBxRfPDO4bcAc5J1z2DUSKspyGl9mV08HHB9B&#10;9t07rCgcHAMmoL52baSQSGGETt06Xzok+8AEXS5n+Wy5IpMg23S6yOkixYDi6bl1PryR2LIolNzR&#10;CCR4OD34ENOB4sklRvOoVbVTWifFHfZb7dgJaFx26RvRf3LThnUln60WN4uBgr9i5On7E0arAg2+&#10;Vm3JVxcnKCJxr02VxjKA0oNMOWszMhnJG2gM/b4fO7PH6kycOhwGnBaShAbdN846Gu6S+69HcJIz&#10;/dZQX15O5/O4DUmZL26IROauLftrCxhBUCUPnA3iNgwbdLROHRqKNEyCwTvqZa0Sy7HpQ1Zj3jTA&#10;ifxx2eKGXOvJ68cvYfMdAAD//wMAUEsDBBQABgAIAAAAIQCkeQo34AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcWqcBkjbEqSoo4tADoukHOPGSpI3XUey24e9ZTnCcndXM&#10;m3w92V5ccPSdIwWLeQQCqXamo0bBoXybLUH4oMno3hEq+EYP6+L2JteZcVf6xMs+NIJDyGdaQRvC&#10;kEnp6xat9nM3ILH35UarA8uxkWbUVw63vYyjKJFWd8QNrR7wpcX6tD9bBUesyma32Y3lR5q8bt/1&#10;9pQeD0rd302bZxABp/D3DL/4jA4FM1XuTMaLXsEsZvKgIH5agGB/lT7ytooPUfIAssjl/wXFDwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDB+XSqLwIAAFoEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCkeQo34AAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AIkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" strokeweight="2.25pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00B957C8" w:rsidRPr="00621745" w:rsidRDefault="00B957C8" w:rsidP="00CE06C5">
                       <w:pPr>
                         <w:ind w:left="284" w:right="140"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003F3B1B">
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>DOMANDA DI CONTRIBUTO</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> per IMPRESA MANDATARIA</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00621745">
@@ -520,56 +524,56 @@
                           <w:b/>
                         </w:rPr>
                         <w:t>:00 del</w:t>
                       </w:r>
                       <w:r w:rsidR="009759FA">
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 22</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>/07/2025</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003F3B1B">
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> alle ore 16:00 del </w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="006E1F18">
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t>28/11/2025</w:t>
+                        <w:t>30/04/2026</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8" w:rsidP="00CE06C5">
                       <w:pPr>
                         <w:ind w:left="284" w:right="140"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="00B957C8" w:rsidRPr="003F3B1B" w:rsidRDefault="00B957C8" w:rsidP="00CE06C5">
                       <w:pPr>
                         <w:ind w:left="284" w:right="140"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
@@ -1672,57 +1676,59 @@
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE3AFC">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
         <w:t>indicare le tipologie di spesa sostenute/che si sosterranno (data fattura e data pagamento) nel periodo 01/01/202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE3AFC">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006E1F18">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
-        <w:t>31/03</w:t>
-      </w:r>
+        <w:t>30/06</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00CE3AFC">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE3AFC">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> e per le quali si allegano fatture e/o preventivi di spesa</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE06C5" w:rsidRPr="00CE3AFC" w:rsidRDefault="00CE06C5" w:rsidP="00CE06C5">
       <w:pPr>
         <w:tabs>
@@ -6075,52 +6081,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:eastAsia="Verdana" w:hAnsi="Lucida Sans" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069568A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Eventuali trattamenti che perseguono ulteriori e diverse finalità saranno oggetto di specifico consenso, revocabile in qualsiasi momento con le modalità che saranno indicate unitamente alla richiesta del consenso stesso.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE06C5" w:rsidRDefault="00CE06C5" w:rsidP="00CE06C5">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00CE06C5" w:rsidSect="00B10A5B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2236" w:right="1133" w:bottom="1702" w:left="1276" w:header="567" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8">
@@ -6300,58 +6304,58 @@
           <w:t xml:space="preserve">pag. </w:t>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00410B99">
+        <w:r w:rsidR="006E1F18" w:rsidRPr="006E1F18">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
@@ -12733,50 +12737,51 @@
     <w:rsid w:val="0047268F"/>
     <w:rsid w:val="004778CD"/>
     <w:rsid w:val="00497E84"/>
     <w:rsid w:val="004A198C"/>
     <w:rsid w:val="004B4B39"/>
     <w:rsid w:val="004C6541"/>
     <w:rsid w:val="004D1D68"/>
     <w:rsid w:val="00500D98"/>
     <w:rsid w:val="00512EDB"/>
     <w:rsid w:val="00515613"/>
     <w:rsid w:val="005235AE"/>
     <w:rsid w:val="0054664C"/>
     <w:rsid w:val="00570177"/>
     <w:rsid w:val="00570BEE"/>
     <w:rsid w:val="005A10DA"/>
     <w:rsid w:val="005B2BFA"/>
     <w:rsid w:val="005E6491"/>
     <w:rsid w:val="00621745"/>
     <w:rsid w:val="00627922"/>
     <w:rsid w:val="006345B9"/>
     <w:rsid w:val="00637677"/>
     <w:rsid w:val="0065270F"/>
     <w:rsid w:val="00674A42"/>
     <w:rsid w:val="00690DAF"/>
     <w:rsid w:val="0069568A"/>
+    <w:rsid w:val="006E1F18"/>
     <w:rsid w:val="0072083F"/>
     <w:rsid w:val="00724FE7"/>
     <w:rsid w:val="0074632A"/>
     <w:rsid w:val="0075308F"/>
     <w:rsid w:val="0076735D"/>
     <w:rsid w:val="00775522"/>
     <w:rsid w:val="0079077C"/>
     <w:rsid w:val="007A6744"/>
     <w:rsid w:val="007A6F64"/>
     <w:rsid w:val="007C28F4"/>
     <w:rsid w:val="007E6AC0"/>
     <w:rsid w:val="008052F6"/>
     <w:rsid w:val="00806E0E"/>
     <w:rsid w:val="00845FE6"/>
     <w:rsid w:val="008475A1"/>
     <w:rsid w:val="00847D08"/>
     <w:rsid w:val="008636B2"/>
     <w:rsid w:val="008650B7"/>
     <w:rsid w:val="0087621D"/>
     <w:rsid w:val="00880972"/>
     <w:rsid w:val="00880B1C"/>
     <w:rsid w:val="008A4C34"/>
     <w:rsid w:val="008B5027"/>
     <w:rsid w:val="008C3C96"/>
     <w:rsid w:val="008D2179"/>
@@ -15070,51 +15075,51 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhFfirCtKlNfcdvP6AgK+Q06U1sZQ==">CgMxLjAyCWguMWZvYjl0ZTgAciExdFAxQzZfZGgtYlNndEVvdzdiZkNJWVpmQzRYeHQxSms=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5B68073-D0B9-4C51-9273-3BFD14CA5E7E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C63F3F03-F202-4BF1-9605-A511CC48FC29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>1813</Words>
   <Characters>10338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>