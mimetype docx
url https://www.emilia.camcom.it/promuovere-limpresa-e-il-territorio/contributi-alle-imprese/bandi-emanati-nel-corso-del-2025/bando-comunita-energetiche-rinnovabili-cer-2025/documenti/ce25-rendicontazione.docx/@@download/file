--- v0 (2025-12-06)
+++ v1 (2026-02-26)
@@ -190,95 +190,108 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>entro</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> le ore 18:00 del</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A95DC1">
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>30/06</w:t>
+                              <w:t>30/0</w:t>
                             </w:r>
+                            <w:r w:rsidR="003621F3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>9</w:t>
+                            </w:r>
+                            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                            <w:bookmarkEnd w:id="0"/>
                             <w:r w:rsidRPr="00A95DC1">
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>/202</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>6</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8" w:rsidP="00B31B7F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Casella di testo 3" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2pt;margin-top:11.65pt;width:488.4pt;height:53.4pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRjpgGMgIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhJkzQz4hRdugwD&#10;ugvQ7QNoWY6FyaImKbGzry8lp2l2exnmB4EUqUPykPTqpm81O0jnFZqCT0ZjzqQRWCmzK/jXL9tX&#10;S858AFOBRiMLfpSe36xfvlh1NpdTbFBX0jECMT7vbMGbEGyeZV40sgU/QisNGWt0LQRS3S6rHHSE&#10;3upsOh4vsg5dZR0K6T3d3g1Gvk74dS1F+FTXXgamC065hXS6dJbxzNYryHcObKPEKQ34hyxaUIaC&#10;nqHuIADbO/UbVKuEQ491GAlsM6xrJWSqgaqZjH+p5qEBK1MtRI63Z5r8/4MVHw+fHVNVwa84M9BS&#10;izbgpdbAKsWC9AHZVWSpsz4n5wdL7qF/gz11O1Xs7T2Kb54Z3DRgdvLWOewaCRVlOYkvs4unA46P&#10;IGX3ASsKB/uACaivXRspJFIYoVO3jucOyT4wQZeL6Xi6WJJJkG1xvZyQHENA/vTaOh/eSWxZFAru&#10;aAISOhzufRhcn1xiMI9aVVuldVLcrtxoxw5A07JN3wn9JzdtWFfw6XJ+PR8Y+CvGOH1/wmhVoLnX&#10;qi348uwEeeTtrakoT8gDKD3IVJ42JyIjdwOLoS/71LlZDBBJLrE6ErMOhzGntSShQfeDs45GvOD+&#10;+x6c5Ey/N9Sd15PZLO5EUmbz6ykp7tJSXlrACIIqeOBsEDdh2KO9dWrXUKRhHgzeUkdrlch+zuqU&#10;Po1xatdp5eKeXOrJ6/nHsH4EAAD//wMAUEsDBBQABgAIAAAAIQBv01af3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BTsMwEEX3SNzBGiR2rdMENRDiVBUUsegC0fQAk3hI0sZ2FLttuD3TVVmO&#10;/tef9/LVZHpxptF3zipYzCMQZGunO9so2Jcfs2cQPqDV2DtLCn7Jw6q4v8sx0+5iv+m8C43gEesz&#10;VNCGMGRS+rolg37uBrKc/bjRYOBzbKQe8cLjppdxFC2lwc7yhxYHemupPu5ORsGBqrLZrrdj+ZUu&#10;3zefuDmmh71Sjw/T+hVEoCncynDFZ3QomKlyJ6u96BXMnlglKIiTBATnL2nMKhUXk2gBssjlf4Pi&#10;DwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANGOmAYyAgAAYAQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG/TVp/fAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" strokeweight="2.25pt">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Casella di testo 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2pt;margin-top:11.65pt;width:488.4pt;height:53.4pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9FqmuLwIAAFkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhJkzQz4hRdugwD&#10;ugvQ7QNoWY6FyaImKbGzry8lp2l2exnmB4EUqUPykPTqpm81O0jnFZqCT0ZjzqQRWCmzK/jXL9tX&#10;S858AFOBRiMLfpSe36xfvlh1NpdTbFBX0jECMT7vbMGbEGyeZV40sgU/QisNGWt0LQRS3S6rHHSE&#10;3upsOh4vsg5dZR0K6T3d3g1Gvk74dS1F+FTXXgamC065hXS6dJbxzNYryHcObKPEKQ34hyxaUIaC&#10;nqHuIADbO/UbVKuEQ491GAlsM6xrJWSqgaqZjH+p5qEBK1MtRI63Z5r8/4MVHw+fHVNVwa84M9BS&#10;izbgpdbAKsWC9AHZVWSpsz4n5wdL7qF/gz11O1Xs7T2Kb54Z3DRgdvLWOewaCRVlOYkvs4unA46P&#10;IGX3ASsKB/uACaivXRspJFIYoVO3jucOyT4wQZeL6Xi6WJJJkG1xvZyQHENA/vTaOh/eSWxZFAru&#10;aAISOhzufRhcn1xiMI9aVVuldVLcrtxoxw5A07JN3wn9JzdtWFfw6XJ+PR8Y+CvGOH1/wmhVoLnX&#10;qi348uwEeeTtrakoT8gDKD3IVJ42JyIjdwOLoS97cozsllgdiVKHw3zTPpLQoPvBWUezXXD/fQ9O&#10;cqbfG2rL68lsFpchKbP59ZQUd2kpLy1gBEEVPHA2iJswLNDeOrVrKNIwCAZvqZW1Siw/Z3XKm+Y3&#10;9em0a3FBLvXk9fxHWD8CAAD//wMAUEsDBBQABgAIAAAAIQBv01af3wAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BTsMwEEX3SNzBGiR2rdMENRDiVBUUsegC0fQAk3hI0sZ2FLttuD3TVVmO/tef&#10;9/LVZHpxptF3zipYzCMQZGunO9so2Jcfs2cQPqDV2DtLCn7Jw6q4v8sx0+5iv+m8C43gEeszVNCG&#10;MGRS+rolg37uBrKc/bjRYOBzbKQe8cLjppdxFC2lwc7yhxYHemupPu5ORsGBqrLZrrdj+ZUu3zef&#10;uDmmh71Sjw/T+hVEoCncynDFZ3QomKlyJ6u96BXMnlglKIiTBATnL2nMKhUXk2gBssjlf4PiDwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP0Wqa4vAgAAWQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG/TVp/fAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;iQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" strokeweight="2.25pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00B957C8" w:rsidRPr="00A95DC1" w:rsidRDefault="00B957C8" w:rsidP="00B31B7F">
                       <w:pPr>
                         <w:ind w:left="284" w:right="140"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A95DC1">
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">MODULO DI RENDICONTAZIONE  </w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00B957C8" w:rsidRPr="00A95DC1" w:rsidRDefault="00B957C8" w:rsidP="00B31B7F">
                       <w:pPr>
                         <w:ind w:left="284" w:right="140"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
@@ -341,52 +354,61 @@
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>entro</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> le ore 18:00 del</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A95DC1">
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
-                        <w:t>30/06</w:t>
+                        <w:t>30/0</w:t>
                       </w:r>
+                      <w:r w:rsidR="003621F3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>9</w:t>
+                      </w:r>
+                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                      <w:bookmarkEnd w:id="1"/>
                       <w:r w:rsidRPr="00A95DC1">
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>/202</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>6</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8" w:rsidP="00B31B7F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
@@ -4140,52 +4162,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006A1C8D" w:rsidRDefault="006A1C8D" w:rsidP="00B31B7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B31B7F" w:rsidRPr="004A198C" w:rsidRDefault="00B31B7F" w:rsidP="00B31B7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="004A198C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMATIVA AI SENSI DEL REGOLAMENTO EUROPEO SULLA RISERVATEZZA 679/2016</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B31B7F" w:rsidRPr="004A198C" w:rsidRDefault="00B31B7F" w:rsidP="00B31B7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B31B7F" w:rsidRPr="004A198C" w:rsidRDefault="00B31B7F" w:rsidP="00B31B7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4572,51 +4592,51 @@
           <w:t xml:space="preserve">pag. </w:t>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="006A1C8D">
+        <w:r w:rsidR="003621F3" w:rsidRPr="003621F3">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00B957C8" w:rsidRPr="001019AE">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00B957C8" w:rsidRDefault="00B957C8">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
@@ -10918,50 +10938,51 @@
     <w:rsid w:val="00150C81"/>
     <w:rsid w:val="001613FC"/>
     <w:rsid w:val="00180934"/>
     <w:rsid w:val="00182789"/>
     <w:rsid w:val="00184A0F"/>
     <w:rsid w:val="00186254"/>
     <w:rsid w:val="00196791"/>
     <w:rsid w:val="001A7054"/>
     <w:rsid w:val="001D39F5"/>
     <w:rsid w:val="001D6E42"/>
     <w:rsid w:val="001F6591"/>
     <w:rsid w:val="0020481C"/>
     <w:rsid w:val="00227FCA"/>
     <w:rsid w:val="0025123B"/>
     <w:rsid w:val="00252CCA"/>
     <w:rsid w:val="00254E75"/>
     <w:rsid w:val="00271561"/>
     <w:rsid w:val="00283DB8"/>
     <w:rsid w:val="002955AF"/>
     <w:rsid w:val="002A19F2"/>
     <w:rsid w:val="002A5899"/>
     <w:rsid w:val="002E2DAA"/>
     <w:rsid w:val="002E686C"/>
     <w:rsid w:val="00300D69"/>
     <w:rsid w:val="003341EF"/>
+    <w:rsid w:val="003621F3"/>
     <w:rsid w:val="00393D96"/>
     <w:rsid w:val="003B17CC"/>
     <w:rsid w:val="003B4CB4"/>
     <w:rsid w:val="003E49E9"/>
     <w:rsid w:val="003F3B1B"/>
     <w:rsid w:val="003F4184"/>
     <w:rsid w:val="0047268F"/>
     <w:rsid w:val="004778CD"/>
     <w:rsid w:val="00497E84"/>
     <w:rsid w:val="004A198C"/>
     <w:rsid w:val="004B4B39"/>
     <w:rsid w:val="004C6541"/>
     <w:rsid w:val="004D1D68"/>
     <w:rsid w:val="00500D98"/>
     <w:rsid w:val="00512EDB"/>
     <w:rsid w:val="00515613"/>
     <w:rsid w:val="005235AE"/>
     <w:rsid w:val="0054664C"/>
     <w:rsid w:val="00570177"/>
     <w:rsid w:val="00570BEE"/>
     <w:rsid w:val="005A10DA"/>
     <w:rsid w:val="005B2BFA"/>
     <w:rsid w:val="005E6491"/>
     <w:rsid w:val="00621745"/>
     <w:rsid w:val="00627922"/>
@@ -13287,51 +13308,51 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhFfirCtKlNfcdvP6AgK+Q06U1sZQ==">CgMxLjAyCWguMWZvYjl0ZTgAciExdFAxQzZfZGgtYlNndEVvdzdiZkNJWVpmQzRYeHQxSms=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6D81C47-F77F-4A5F-83EC-6BCD5F6902AD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CF52398-B9CC-45C2-BA3C-68B2D8566607}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1437</Words>
   <Characters>8193</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>